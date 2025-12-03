--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -3,64 +3,64 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4499C915" w14:textId="5CA1DA7C" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00167295">
+    <w:p w14:paraId="4499C915" w14:textId="6EF19D8C" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00167295">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D702AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>CARTA DE ORIGINALIDAD Y DE CESIÓN DE DERECHOS DE AUTORÍA</w:t>
+        <w:t>CARTA DE ORIGINALIDAD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC3F196" w14:textId="717FF244" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D702AC">
         <w:t>Con este documento, el/</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>la/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t>los</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>/las</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve"> autor/</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>a/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
@@ -244,401 +244,402 @@
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t>no se hace responsables de las mismas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="015C9ED8" w14:textId="5BDBDE23" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D702AC">
         <w:t>El/</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>La/L</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
-        <w:t>/</w:t>
-[...10 lines deleted...]
-        <w:t>/es</w:t>
+        <w:t>/Las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D702AC">
+        <w:t xml:space="preserve"> autor/es</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>/as</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve"> se compromete/n a: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1842962A" w14:textId="77777777" w:rsidR="00167295" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
+    <w:p w14:paraId="1842962A" w14:textId="38FFBD68" w:rsidR="00167295" w:rsidRDefault="000C7BCA" w:rsidP="00D702AC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D702AC">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D702AC">
+      <w:r>
+        <w:t xml:space="preserve">Respetar que </w:t>
+      </w:r>
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00D702AC">
+        <w:t>la Revista de Ciencias de la Comunicación e Información</w:t>
+      </w:r>
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00D702AC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D702AC">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> publicará el artículo en </w:t>
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00D702AC">
+        <w:t xml:space="preserve">publicará el artículo en </w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t xml:space="preserve">su web </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D702AC">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00D702AC">
         <w:t xml:space="preserve">bajo los términos de licencia de uso y distribución </w:t>
       </w:r>
-      <w:r w:rsidRPr="00167295">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00167295">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Creative </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00167295">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00167295">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Commons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00167295">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00167295">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00167295">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00167295">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Attribution</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00167295">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00167295">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> / Non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00167295">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00167295">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Commercial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00167295">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00167295">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 4.0 International</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D702AC">
+      <w:r w:rsidR="00D702AC" w:rsidRPr="00D702AC">
         <w:t xml:space="preserve"> que permite la cita y el acceso gratuito a dicho texto. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FFB6A81" w14:textId="0FE67C7E" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
+    <w:p w14:paraId="7DD0329B" w14:textId="77777777" w:rsidR="00983C65" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve">Lista </w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t>todos los nombres, correos electrónicos, y firmas de los</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>/as</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve"> autores</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>/as</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve"> que certifican su aprobación y conformidad con el artículo enviado. Si hay más de 3 autores</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>/as</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve">, se añadirán </w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>a continuación</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D702AC">
-        <w:br/>
+    </w:p>
+    <w:p w14:paraId="204D09AF" w14:textId="77777777" w:rsidR="00983C65" w:rsidRDefault="00983C65">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFB6A81" w14:textId="373250A8" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D702AC">
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>/a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00167295">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B31E034" w14:textId="41C14FB1" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:r w:rsidRPr="00D702AC">
         <w:t xml:space="preserve">Correo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73732924" w14:textId="2F1AB8D1" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:r w:rsidRPr="00D702AC">
         <w:t>Contacto telefónico del autor principal:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F0DA00" w14:textId="77777777" w:rsidR="00167295" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:r w:rsidRPr="00D702AC">
         <w:t>Firma:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD63981" w14:textId="1DDF3494" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:r w:rsidRPr="00D702AC">
         <w:t>--------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E68F78F" w14:textId="5860AA68" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00167295" w:rsidP="00D702AC">
+    <w:p w14:paraId="4E68F78F" w14:textId="117F7082" w:rsidR="00D702AC" w:rsidRPr="00D702AC" w:rsidRDefault="00167295" w:rsidP="00D702AC">
       <w:r w:rsidRPr="00D702AC">
         <w:t>Autor</w:t>
       </w:r>
       <w:r>
         <w:t>/a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D702AC">
-        <w:t xml:space="preserve"> 1</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00983C65">
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEDFFCB" w14:textId="0F762B08" w:rsidR="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
       <w:r w:rsidRPr="00D702AC">
         <w:t>Correo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DFC208" w14:textId="5B6A4DE1" w:rsidR="00167295" w:rsidRDefault="00D702AC">
       <w:r w:rsidRPr="00D702AC">
         <w:lastRenderedPageBreak/>
         <w:t>Firma:</w:t>
       </w:r>
       <w:r w:rsidR="00167295" w:rsidRPr="00167295">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00167295" w:rsidRPr="00D702AC">
         <w:t>--------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00167295" w:rsidSect="00D702AC">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1663" w:right="1134" w:bottom="1134" w:left="1134" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4C1391D3" w14:textId="77777777" w:rsidR="00522B9E" w:rsidRDefault="00522B9E" w:rsidP="00D702AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="73610356" w14:textId="77777777" w:rsidR="00522B9E" w:rsidRDefault="00522B9E" w:rsidP="00D702AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="173DACB1" w14:textId="77777777" w:rsidR="00387A64" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="173DACB1" w14:textId="77777777" w:rsidR="000C7BCA" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r w:rsidRPr="00D702AC">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7EDFE1E8" w14:textId="77777777" w:rsidR="00522B9E" w:rsidRDefault="00522B9E" w:rsidP="00D702AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="59145CC1" w14:textId="77777777" w:rsidR="00522B9E" w:rsidRDefault="00522B9E" w:rsidP="00D702AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3BD52551" w14:textId="77777777" w:rsidR="00415ECA" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3BD52551" w14:textId="77777777" w:rsidR="000C7BCA" w:rsidRPr="00D702AC" w:rsidRDefault="00D702AC" w:rsidP="00D702AC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="080ADD51" wp14:editId="66F40A59">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-317500</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-340360</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="995045" cy="768985"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="7" name="Imagen 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -936,51 +937,51 @@
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6CA6881E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 4" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:50.45pt;margin-top:24.15pt;width:390.9pt;height:0;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJIB/brwEAAD8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X+x0WbEacXpwkV26&#10;LUC7H6DIsi1UFgVSiZ1/P0pNsq/b0AshiuTj4yPX9/PoxNEgWfC1XC5KKYzX0Frf1/LH8/bDZyko&#10;Kt8qB97U8mRI3m/ev1tPoTI3MIBrDQoG8VRNoZZDjKEqCtKDGRUtIBjPwQ5wVJFd7IsW1cTooytu&#10;yvK2mADbgKANEf8+vAblJuN3ndHxe9eRicLVkrnFbDHbfbLFZq2qHlUYrD7TUP/BYlTWc9Mr1IOK&#10;ShzQ/gM1Wo1A0MWFhrGArrPa5Bl4mmX51zRPgwomz8LiULjKRG8Hq78dG7/DRF3P/ik8gn4h4aEZ&#10;lO9NJvB8Cry4ZZKqmAJV15LkUNih2E9foeUcdYiQVZg7HBMkzyfmLPbpKraZo9D8ubq7Xa0+8k70&#10;JVao6lIYkOIXA6NIj1pSRGX7ITbgPa8UcJnbqOMjxURLVZeC1NXD1jqXN+u8mJj7XfmpzBUEzrYp&#10;mvII+33jUBwVH8d225RlvgdG+yMN4eDb1y7OnzVIY6cbo2oP7WmHF214S5nO+aLSGfzu5+pfd7/5&#10;CQAA//8DAFBLAwQUAAYACAAAACEArTW4i90AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkLogldBOU0nRClZA4TdAhzl5jmorG6ZpsK29PEAc4/van35/L9ewGcaQp9J413CwU&#10;COLWm547DW/bp+scRIjIBgfPpOGLAqyr87MSC+NP/ErHJnYilXAoUIONcSykDK0lh2HhR+K0+/CT&#10;w5ji1Ekz4SmVu0FmSt1Khz2nCxZHqi21n83BaVi+2G0X2ppw0zy/Z3XYX602e60vL+bHBxCR5vgH&#10;w49+UocqOe38gU0QQ8pK3SdUwypfgkhAnmd3IHa/A1mV8v8H1TcAAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEACSAf268BAAA/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEArTW4i90AAAAJAQAADwAAAAAAAAAAAAAAAAAJBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" strokecolor="#ffc000" strokeweight="1.5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D551ECB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15E203A2"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1057,119 +1058,122 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1798183288">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D702AC"/>
     <w:rsid w:val="00026CAC"/>
     <w:rsid w:val="00081081"/>
+    <w:rsid w:val="000C7BCA"/>
     <w:rsid w:val="00167295"/>
     <w:rsid w:val="001B708E"/>
     <w:rsid w:val="00305FE1"/>
     <w:rsid w:val="00522B9E"/>
     <w:rsid w:val="0053094F"/>
+    <w:rsid w:val="007E7555"/>
     <w:rsid w:val="00916D44"/>
+    <w:rsid w:val="00983C65"/>
     <w:rsid w:val="00D702AC"/>
     <w:rsid w:val="00D903D3"/>
     <w:rsid w:val="00F21FCE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="608A6ACA"/>
   <w15:docId w15:val="{9131F1CB-3CE2-4A27-9D4E-125ECA211DE4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1642,51 +1646,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D702AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1943,68 +1947,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>349</Words>
-  <Characters>1925</Characters>
+  <Words>303</Words>
+  <Characters>1914</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2270</CharactersWithSpaces>
+  <CharactersWithSpaces>2196</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>REVISOR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>